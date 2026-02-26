--- v0 (2025-12-29)
+++ v1 (2026-02-26)
@@ -170,51 +170,51 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3586571ddf66f12db6f5c0f63b140690.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b88cc9dbf72b3e1ee0a41a900ae1582.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5998c0a8a33c250375ad79d02aeced86.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f71c72e24b5a26e3872f9f5ed8f3cb4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcd1290342e558824c2448cef3f9068d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c37d7a9cc696f3e0bfc15b801166571a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cb3bc4e4e21f253eb492a46cc14904c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b904f8e084430100f391043f7bd7d42.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4afb083672d02cb83f4eb1f9dd2ce3ec.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53c323c5fe90d467669358794a7abf28.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dbb285de6faa828614924f240d517dd.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a829356902562d7997a3ef302bf3f056.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6438262a966e149726ad0f50431d456e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6beff1b4d4a1be7aef05e04a5530e6ff.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b212aaef14d7c5550e9a9a1dc640911f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e96958168d9d2123db207f7b2ec2d2f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f637ceb15d477e5451cb7d7b3026455.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b8be8f9793366aa9f19f94d38546ca4.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/328c46913f7a869ab69f44eb7c13ba27.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d0d37dfbb67bfa8166d1b1824079d8.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Imagen" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>